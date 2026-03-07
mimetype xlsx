--- v0 (2026-01-10)
+++ v1 (2026-03-07)
@@ -7,185 +7,374 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <si>
     <t xml:space="preserve">Beauty studio Majesté</t>
   </si>
   <si>
     <t xml:space="preserve">Kpt. Jaroše 593</t>
   </si>
   <si>
     <t xml:space="preserve">Kadaň</t>
   </si>
   <si>
     <t xml:space="preserve">43201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Koupaliště Kadaň</t>
+    <t xml:space="preserve">https://www.majeste.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cukrárna a lahůdky Lenka Jirkovská</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Čechova 170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Potraviny a Nápoje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadeřnické studio - Jana Smutná, tel: 721 628 963</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koželužská 1518</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karel Hrošek potraviny Eso markeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Golovinova 1338</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Potraviny a Nápoje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kavárna U Johanky</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jana Švermy 17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stravování a Ubytování</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.penzionujohanky.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koupaliště Kadaň - platí pouze na dobití abonentního čipu</t>
   </si>
   <si>
     <t xml:space="preserve">Na Průtahu 1855</t>
   </si>
   <si>
     <t xml:space="preserve">Kadaň</t>
   </si>
   <si>
     <t xml:space="preserve">43201</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.koupalistekadan.cz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lash Lounge by Zalabák - úprava řas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mírové náměstí 117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.lashlounge.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Masáže Petra Píchová</t>
   </si>
   <si>
     <t xml:space="preserve">Golovinova 1559</t>
   </si>
   <si>
     <t xml:space="preserve">Kadaň</t>
   </si>
   <si>
     <t xml:space="preserve">43201</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.firmy.cz/detail/12846554-masaze-petra-pichova-kadan.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Masážní služby</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Na Průtahu 2037 2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostatní zboží a služby</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.studiorelaxkadan.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mgr.Iveta Gabčíková, MBA-Rehabilitace</t>
   </si>
   <si>
     <t xml:space="preserve">Nerudova 1956</t>
   </si>
   <si>
     <t xml:space="preserve">Kadaň</t>
   </si>
   <si>
     <t xml:space="preserve">43201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://fyzioterapeut-cr.cz/staff/mgr-iveta-gabcikova-mba/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Michaela Boršíková - pedikúra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koželužská 1505</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nehtové a Masážní studio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jiráskova 1367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RADKA - sport</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kpt. Jaroše 630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.radka.kadan.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">RADKA sport z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Kpt. Jaroše 630</t>
   </si>
   <si>
     <t xml:space="preserve">Kadaň</t>
   </si>
   <si>
     <t xml:space="preserve">43201</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">RADKA z. s.</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Zdraví/Sport/Krása</t>
+    <t xml:space="preserve">https://www.radka.kadan.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Restaurace Astra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nová Kolonie 1550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stravování a Ubytování</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.tankovka-astra.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Restaurace Střelnice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Čechova 147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stravování a Ubytování</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://restaurace-strelnice.makro.rest/?lang=cs#</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salon FRIANNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chomutovská 1261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Sportovní zařízení Kadaň, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">U Stadionu 2028</t>
   </si>
   <si>
     <t xml:space="preserve">Kadaň</t>
   </si>
   <si>
     <t xml:space="preserve">43201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Svět hadříků a tvoření</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">Doprava, Ostatní zboží a služby</t>
+    <t xml:space="preserve">https://www.hala-kadan.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinařství Marcel Čadílek</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyršova 129</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadaň</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Potraviny a Nápoje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.sklepudvoukocek.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -193,196 +382,519 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>50.3803784</v>
+      </c>
+      <c r="G1" s="0">
+        <v>13.2713519</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>50.3763239</v>
+      </c>
+      <c r="G2" s="0">
+        <v>13.2692445</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>15</v>
+      </c>
+      <c r="F3" s="0">
+        <v>50.3788399</v>
+      </c>
+      <c r="G3" s="0">
+        <v>13.2732867</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>20</v>
+      </c>
+      <c r="F4" s="0">
+        <v>50.3890671</v>
+      </c>
+      <c r="G4" s="0">
+        <v>13.2688633</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>25</v>
+      </c>
+      <c r="F5" s="0">
+        <v>50.3771424</v>
+      </c>
+      <c r="G5" s="0">
+        <v>13.2686529</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>31</v>
+      </c>
+      <c r="F6" s="0">
+        <v>50.3844515</v>
+      </c>
+      <c r="G6" s="0">
+        <v>13.2746847</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>37</v>
+      </c>
+      <c r="F7" s="0">
+        <v>50.375464</v>
+      </c>
+      <c r="G7" s="0">
+        <v>13.2709327</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>43</v>
+      </c>
+      <c r="F8" s="0">
+        <v>50.3912249</v>
+      </c>
+      <c r="G8" s="0">
+        <v>13.2701562</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
+        <v>49</v>
+      </c>
+      <c r="F9" s="0">
+        <v>50.3838608</v>
+      </c>
+      <c r="G9" s="0">
+        <v>13.2736311</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" s="0">
+        <v>50.3756645</v>
+      </c>
+      <c r="G10" s="0">
+        <v>13.266296</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" s="0">
+        <v>50.3763888</v>
+      </c>
+      <c r="G11" s="0">
+        <v>13.273673</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" s="0">
+        <v>50.3768486</v>
+      </c>
+      <c r="G12" s="0">
+        <v>13.2674303</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" s="0">
+        <v>50.3811064</v>
+      </c>
+      <c r="G13" s="0">
+        <v>13.2713063</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" s="0">
+        <v>50.3811064</v>
+      </c>
+      <c r="G14" s="0">
+        <v>13.2713063</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" s="0">
+        <v>50.3862496</v>
+      </c>
+      <c r="G15" s="0">
+        <v>13.2629684</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" s="0">
+        <v>50.3750994</v>
+      </c>
+      <c r="G16" s="0">
+        <v>13.2678136</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="E17" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" s="0">
+        <v>50.387184</v>
+      </c>
+      <c r="G17" s="0">
+        <v>13.2719073</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="E18" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" s="0">
+        <v>50.3867227</v>
+      </c>
+      <c r="G18" s="0">
+        <v>13.2756591</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" s="0">
+        <v>50.3752533</v>
+      </c>
+      <c r="G19" s="0">
+        <v>13.269804</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>